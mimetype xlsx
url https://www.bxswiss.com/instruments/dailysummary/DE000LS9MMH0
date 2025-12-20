--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e91be58a6b54b80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78d10abd54204523" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7406b18925649e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5faff0f72c044656"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc3eb97220d04f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7406b18925649e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d46692eee274a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5faff0f72c044656" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen ergreifen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...603 lines deleted...]
-          <x:t>178,091</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>177,982</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>