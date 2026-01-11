--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78d10abd54204523" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26aca939afc6420c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5faff0f72c044656"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c2b2ca78cef431a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d46692eee274a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5faff0f72c044656" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17d89c144c2744e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c2b2ca78cef431a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen ergreifen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>