--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26aca939afc6420c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cdd4383e6dd4551" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c2b2ca78cef431a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R664b566c486b4e64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17d89c144c2744e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c2b2ca78cef431a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8194099b2aff4978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R664b566c486b4e64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen ergreifen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>180,639</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>