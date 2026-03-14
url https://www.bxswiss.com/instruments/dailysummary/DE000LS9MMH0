--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cdd4383e6dd4551" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re33b3917f30d47db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R664b566c486b4e64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31148621a00b4ff2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8194099b2aff4978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R664b566c486b4e64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9db6f7ef57d043b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31148621a00b4ff2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen ergreifen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>