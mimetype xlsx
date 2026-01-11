--- v0 (2025-10-05)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52435584b768413b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb216e29d1cbc483b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R385d1b719ce14c6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3c46da97be64d6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd799c658852a4962" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R385d1b719ce14c6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf30cfc218a84d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3c46da97be64d6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewVirtualTechnology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>459,058</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>