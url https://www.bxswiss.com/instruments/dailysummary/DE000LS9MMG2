--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb216e29d1cbc483b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38b6a672a4674607" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3c46da97be64d6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd62d9680a7464df7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf30cfc218a84d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3c46da97be64d6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra48fce66bf68461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd62d9680a7464df7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewVirtualTechnology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>493,997</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>