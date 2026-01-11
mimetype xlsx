--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc52d00bc5d74ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R442d8407cc224c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R965ff80ae3724925"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bbf69978a0b44bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a95a85e39674ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R965ff80ae3724925" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58422fb9a0f44e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bbf69978a0b44bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Robotics &amp; Drones Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>131,145</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>141,599</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>