--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R442d8407cc224c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbc2d81b8ffe409d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bbf69978a0b44bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R958106defb774b16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58422fb9a0f44e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bbf69978a0b44bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb50784952d54fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R958106defb774b16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Robotics &amp; Drones Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MMD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>142,757</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>