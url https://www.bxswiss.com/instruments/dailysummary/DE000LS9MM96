--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea814f9c2a9f467e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f4ccf80464432c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7acf024560a49ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R153e35a0d1d8468a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e4571b26c0341b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7acf024560a49ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5298930c63ca49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R153e35a0d1d8468a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Viribus Unitis - Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>