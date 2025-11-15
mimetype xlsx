--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f4ccf80464432c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb69a8cdec7094143" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R153e35a0d1d8468a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d22d1ca28774774"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5298930c63ca49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R153e35a0d1d8468a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c27ce39d5a04e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d22d1ca28774774" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Viribus Unitis - Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>