--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb69a8cdec7094143" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5177d544bed7440b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d22d1ca28774774"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R900b3198501d477d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c27ce39d5a04e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d22d1ca28774774" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R976f3c92cdf440af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R900b3198501d477d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Viribus Unitis - Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...193 lines deleted...]
-          <x:t>102,134</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,134</x:t>
-[...436 lines deleted...]
-          <x:t>100,557</x:t>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>