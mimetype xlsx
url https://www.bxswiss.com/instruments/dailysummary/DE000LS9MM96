--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5177d544bed7440b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46e089a68a084026" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R900b3198501d477d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R486038658ea3491b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R976f3c92cdf440af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R900b3198501d477d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf19b461885e14e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R486038658ea3491b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Viribus Unitis - Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>103,929</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,542</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>102,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,569</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>