--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46e089a68a084026" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a22ccd5400f45c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R486038658ea3491b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc870b3a5c9cf4565"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf19b461885e14e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R486038658ea3491b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fe41156bb9f4494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc870b3a5c9cf4565" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Viribus Unitis - Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,435</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>