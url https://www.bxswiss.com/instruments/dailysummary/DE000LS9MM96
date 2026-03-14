--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a22ccd5400f45c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07a2f6ea1210473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc870b3a5c9cf4565"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aaa04898e964e61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fe41156bb9f4494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc870b3a5c9cf4565" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cf99c208e7f4950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aaa04898e964e61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Viribus Unitis - Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>104,057</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,034</x:t>
-[...512 lines deleted...]
-          <x:t>103,519</x:t>
+          <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>