--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2549895af1784ddc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4511133d71d54d72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4933b58b15c43c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20852f2a7dfd45db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdab141e6bb5435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4933b58b15c43c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R159162e45bc548c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20852f2a7dfd45db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewPharma-Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,436 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...384 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -664,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>