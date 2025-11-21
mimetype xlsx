--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4511133d71d54d72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c612f472064b54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20852f2a7dfd45db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29c9bd9850864e09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R159162e45bc548c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20852f2a7dfd45db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50c475081f4142c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29c9bd9850864e09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewPharma-Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,537</x:t>
+          <x:t>72,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,468</x:t>
-[...168 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>72,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,256</x:t>
-        </x:is>
-[...283 lines deleted...]
-          <x:t>72,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>