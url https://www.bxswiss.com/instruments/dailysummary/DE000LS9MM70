--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c612f472064b54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f673a90586c4f2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29c9bd9850864e09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cd38b8768414b2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50c475081f4142c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29c9bd9850864e09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc331f9f6265c4680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cd38b8768414b2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewPharma-Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>72,373</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,367</x:t>
-[...301 lines deleted...]
-          <x:t>72,256</x:t>
+          <x:t>72,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>