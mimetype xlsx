--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f673a90586c4f2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51b4ebb1f5554e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cd38b8768414b2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10bf47f2e00544d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc331f9f6265c4680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cd38b8768414b2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad56e5f0fee140ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10bf47f2e00544d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewPharma-Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>72,552</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,526</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>72,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,534</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>