--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51b4ebb1f5554e40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2324e670fbe047d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10bf47f2e00544d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d87ab3b27d34e1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad56e5f0fee140ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10bf47f2e00544d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e0db63e68414e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d87ab3b27d34e1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewPharma-Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>72,413</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>