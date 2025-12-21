--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9003c702ffe94341" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34116279e2764d2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a6d060e7e824bb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89890ef8dcae48fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ba534bf24574cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a6d060e7e824bb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb735bfe9bae41ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89890ef8dcae48fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Junior-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>178,716</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>