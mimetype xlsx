--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34116279e2764d2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6db980a98db0427d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89890ef8dcae48fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R532f2963ff214961"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb735bfe9bae41ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89890ef8dcae48fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f41a47e701d4c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R532f2963ff214961" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Junior-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,666</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>