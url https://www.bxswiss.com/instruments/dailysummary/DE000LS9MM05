--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6db980a98db0427d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R404924065ef04761" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R532f2963ff214961"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ad02a37ab924b18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f41a47e701d4c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R532f2963ff214961" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03a33dc1e8374b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ad02a37ab924b18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Junior-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>183,940</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>186,497</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>