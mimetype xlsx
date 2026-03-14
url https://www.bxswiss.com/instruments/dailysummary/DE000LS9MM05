--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R404924065ef04761" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc091b30cc384d27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ad02a37ab924b18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b7170795dce49e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03a33dc1e8374b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ad02a37ab924b18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref1a788927144bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b7170795dce49e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Junior-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MM05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>182,336</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,564</x:t>
-[...453 lines deleted...]
-          <x:t>184,259</x:t>
+          <x:t>183,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>184,164</x:t>
-[...26 lines deleted...]
-          <x:t>185,016</x:t>
+          <x:t>181,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>