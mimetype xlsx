--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48be5dccc1db4c3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9f057a05ac04eb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R684ef3f8ea4f4e33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932dba00b2b949e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eaab8d8fbeb458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R684ef3f8ea4f4e33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd517ea519e3c4841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932dba00b2b949e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Stärke Volatilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>185,738</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,704</x:t>
-[...416 lines deleted...]
-          <x:t>185,882</x:t>
+          <x:t>185,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,394</x:t>
-[...166 lines deleted...]
-          <x:t>185,933</x:t>
+          <x:t>186,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>