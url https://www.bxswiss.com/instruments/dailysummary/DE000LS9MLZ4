--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9f057a05ac04eb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d99f6764c1448a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932dba00b2b949e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53a9c672c9c9459f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd517ea519e3c4841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932dba00b2b949e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R056424c6033348ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53a9c672c9c9459f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Stärke Volatilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>183,333</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>