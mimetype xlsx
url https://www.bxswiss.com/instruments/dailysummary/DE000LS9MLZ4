--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d99f6764c1448a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2bd6ed1434c4f3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53a9c672c9c9459f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e723c8892b421d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R056424c6033348ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53a9c672c9c9459f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R464329a70a024702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e723c8892b421d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Stärke Volatilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>182,873</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>184,049</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>