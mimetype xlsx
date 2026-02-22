--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2bd6ed1434c4f3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c9d1b972d664ba3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e723c8892b421d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94b7f2a9f44044fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R464329a70a024702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e723c8892b421d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54e8577217e94e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94b7f2a9f44044fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Stärke Volatilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>184,332</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>