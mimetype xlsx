--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c9d1b972d664ba3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26c7ddcf65ba431b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94b7f2a9f44044fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d88d40233fe4868"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54e8577217e94e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94b7f2a9f44044fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f86d2741d954b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d88d40233fe4868" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Stärke Volatilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,157</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>