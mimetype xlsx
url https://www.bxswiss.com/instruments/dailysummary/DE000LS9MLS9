--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2633a648884a93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf7f674cb8384156" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb804ec26c4094888"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bccfcc0b11d4b7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856f56de048a4e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb804ec26c4094888" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6016f46c6ec4a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bccfcc0b11d4b7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech &amp; Genetic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>81,057</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>