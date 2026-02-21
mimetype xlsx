--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf7f674cb8384156" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racc5df3a9e414c2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bccfcc0b11d4b7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39d4fec49a5a4723"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6016f46c6ec4a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bccfcc0b11d4b7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3e72c6da8ec4ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39d4fec49a5a4723" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech &amp; Genetic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>55,305</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,990</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>59,341</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>