--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racc5df3a9e414c2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b6689f97e954d66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39d4fec49a5a4723"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf4fc1f4225a4170"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3e72c6da8ec4ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39d4fec49a5a4723" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra86069629c574dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf4fc1f4225a4170" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech &amp; Genetic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>61,345</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,815</x:t>
-[...463 lines deleted...]
-          <x:t>55,603</x:t>
+          <x:t>58,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>