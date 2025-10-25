--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3843b4ee00964512" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8f71ad892e4fef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R935afe341be649c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef92535c3a44fbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf0307544284437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R935afe341be649c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbb5b229949a4ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef92535c3a44fbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CloudComputingGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>