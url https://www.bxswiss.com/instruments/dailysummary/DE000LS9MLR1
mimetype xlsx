--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8f71ad892e4fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22246f5312ef4006" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef92535c3a44fbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9da17f2152174994"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbb5b229949a4ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef92535c3a44fbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb537abb59b5349b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9da17f2152174994" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CloudComputingGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>245,172</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>