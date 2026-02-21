--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22246f5312ef4006" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62fbc9eca3649a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9da17f2152174994"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952bef54b8c24c03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb537abb59b5349b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9da17f2152174994" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d388be3760340d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952bef54b8c24c03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CloudComputingGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>228,106</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>