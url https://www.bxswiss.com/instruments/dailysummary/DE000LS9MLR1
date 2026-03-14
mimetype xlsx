--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62fbc9eca3649a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f08164f0d8c49d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952bef54b8c24c03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red9fb436e32a4a5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d388be3760340d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952bef54b8c24c03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b676f4437674198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red9fb436e32a4a5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CloudComputingGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>