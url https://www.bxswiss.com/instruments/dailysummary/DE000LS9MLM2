--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra025b45bbfc44d07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64888cf6f54f4ad9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd4506172236455d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d50d46a573e4c12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a97b8d7172446da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd4506172236455d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2614c07170a4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d50d46a573e4c12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends and Facts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>37,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>37,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,575</x:t>
-[...566 lines deleted...]
-          <x:t>36,137</x:t>
+          <x:t>37,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>