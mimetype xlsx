--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64888cf6f54f4ad9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f4b0cea322341a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d50d46a573e4c12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2f611b24c78441a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2614c07170a4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d50d46a573e4c12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca2c134b4bb40e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2f611b24c78441a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends and Facts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>