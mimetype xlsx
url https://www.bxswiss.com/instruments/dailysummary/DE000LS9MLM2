--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f4b0cea322341a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13f30e13d3154ea2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2f611b24c78441a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6a7335feeeb499e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca2c134b4bb40e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2f611b24c78441a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf19d9a8dc95740c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6a7335feeeb499e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends and Facts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,729</x:t>
-[...414 lines deleted...]
-          <x:t>39,162</x:t>
+          <x:t>37,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>