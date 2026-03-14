--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13f30e13d3154ea2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf610cbeb56d747dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6a7335feeeb499e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbd6523c0e7443c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf19d9a8dc95740c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6a7335feeeb499e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R227b714779dc45f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbd6523c0e7443c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends and Facts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>