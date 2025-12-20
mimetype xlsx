--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1353b477329489b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab4bb8edef5849a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa534fe8417a46ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb8f81716d74055"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80379287899f466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa534fe8417a46ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d015ff7f754ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb8f81716d74055" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nur die Ruhe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>286,848</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>