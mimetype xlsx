--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab4bb8edef5849a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd143cf13eec74168" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb8f81716d74055"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e2c862f2d8e4a68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d015ff7f754ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb8f81716d74055" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb46b3ba4884a4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e2c862f2d8e4a68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nur die Ruhe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,554 +149,122 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>307,082</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,440</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,565</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,819</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>