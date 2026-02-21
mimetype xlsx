--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd143cf13eec74168" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e1c98d91b87430f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e2c862f2d8e4a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0327bdc2c9a34900"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb46b3ba4884a4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e2c862f2d8e4a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R690b86c90c4b4ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0327bdc2c9a34900" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nur die Ruhe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>316,747</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>