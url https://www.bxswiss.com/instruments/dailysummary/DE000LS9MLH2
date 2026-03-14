--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e1c98d91b87430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247834b59b634897" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0327bdc2c9a34900"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64de60b2e6f74317"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R690b86c90c4b4ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0327bdc2c9a34900" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d66c4e63447438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64de60b2e6f74317" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nur die Ruhe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>