--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21bf93bba6ae47d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2be67eed42764750" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d1ee07cdcc14a78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b068fade4a24e2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78340cc969ed46e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d1ee07cdcc14a78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd34bff79607b4b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b068fade4a24e2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrial Metals Blue Chips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.624,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.722,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.624,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.709,395</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.835,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.908,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.829,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.880,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.961,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.965,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.931,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.940,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.954,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.954,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.954,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.954,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.969,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.975,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.967,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.969,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.906,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.906,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.899,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.901,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.043,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.053,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.007,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.019,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.034,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.103,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.027,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.101,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.073,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.077,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.050,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.054,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.027,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.042,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.999,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.035,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.040,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.037,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.118,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>