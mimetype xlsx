--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2be67eed42764750" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4514fa64bba14b83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b068fade4a24e2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree6436d7d1144955"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd34bff79607b4b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b068fade4a24e2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R697da78ebb57481e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree6436d7d1144955" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrial Metals Blue Chips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>3.118,833</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.286,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.303,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.219,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.239,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.208,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.303,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.168,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.296,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.337,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.362,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.328,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.338,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.413,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.413,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.328,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.362,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.307,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.308,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.193,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.222,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.294,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.323,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.264,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.304,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.366,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.418,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.189,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.234,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.140,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.087,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.096,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.844,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.015,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.770,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.899,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.292,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.293,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.131,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.263,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.292,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.322,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.214,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.306,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.079,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.872,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.900,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.836,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.968,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.832,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.907,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.119,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.129,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.010,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.061,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.134,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.147,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.058,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.061,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.195,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.272,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.178,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.252,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.201,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.201,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.165,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.174,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.043,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.044,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.036,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.038,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.037,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.043,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.036,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.038,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.036,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.044,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.033,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.042,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.041,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.066,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.033,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.064,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.087,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.094,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.014,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.064,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.097,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.157,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.097,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.099,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>