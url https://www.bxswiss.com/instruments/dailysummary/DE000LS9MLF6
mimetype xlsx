--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4baa62f1345e44f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8cc14cd4034d17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be0010e577447ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd25cda77df77443e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42d6a2e7f7654d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be0010e577447ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e0a0dedfd64566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd25cda77df77443e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konsum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>158,469</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,702</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>156,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,707</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>