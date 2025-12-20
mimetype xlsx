--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8cc14cd4034d17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cb4b31c2d9a4a79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd25cda77df77443e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda6035da2e1a420d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e0a0dedfd64566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd25cda77df77443e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52f8eb4d738e404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda6035da2e1a420d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konsum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>160,629</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>