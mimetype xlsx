--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cb4b31c2d9a4a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e5c8fc1f73a465c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda6035da2e1a420d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4125ce0f59df46f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52f8eb4d738e404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda6035da2e1a420d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d4e80d3235f4ed0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4125ce0f59df46f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konsum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>160,574</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,378</x:t>
-[...463 lines deleted...]
-          <x:t>161,889</x:t>
+          <x:t>161,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>