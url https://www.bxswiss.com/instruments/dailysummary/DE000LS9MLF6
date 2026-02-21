--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e5c8fc1f73a465c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf58c6669712f4e10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4125ce0f59df46f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833c3ca12f8d468a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d4e80d3235f4ed0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4125ce0f59df46f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R382b557400744cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833c3ca12f8d468a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konsum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>160,970</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>