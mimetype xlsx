--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf58c6669712f4e10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5f2d4cce97f4628" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833c3ca12f8d468a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9977417f5c841ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R382b557400744cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833c3ca12f8d468a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R370f7be9de28415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9977417f5c841ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konsum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MLF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>