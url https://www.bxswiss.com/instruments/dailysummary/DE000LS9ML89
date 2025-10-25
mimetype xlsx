--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1d010dbbc6d4964" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33cf24e45d734188" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56b46678baf44e9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffee9462cb8c4ecb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaa8576e1f7d4234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56b46678baf44e9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fd4f9a7ad8b42ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffee9462cb8c4ecb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trading &amp; Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>