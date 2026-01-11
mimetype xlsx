--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33cf24e45d734188" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb47e5245c4e143d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffee9462cb8c4ecb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28a1091a267e43b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fd4f9a7ad8b42ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffee9462cb8c4ecb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R647fa236a5a34864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28a1091a267e43b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trading &amp; Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,862</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>