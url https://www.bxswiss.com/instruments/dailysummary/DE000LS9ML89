--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb47e5245c4e143d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0734e7bf3a25460d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28a1091a267e43b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18910dd0ffe144f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R647fa236a5a34864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28a1091a267e43b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a05f889a774398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18910dd0ffe144f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trading &amp; Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,571</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>