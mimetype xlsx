--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0734e7bf3a25460d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f3f8bf662b41bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18910dd0ffe144f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad05cdb76bc74199"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a05f889a774398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18910dd0ffe144f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba3fb6a4ddea47d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad05cdb76bc74199" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trading &amp; Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,191</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>