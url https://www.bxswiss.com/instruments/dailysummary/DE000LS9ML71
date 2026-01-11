--- v0 (2025-10-31)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R964e46328a774066" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d389d7f5d474716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499e269414f84b7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9df90903c9e44be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb34139c8c73a472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499e269414f84b7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R974073ee7b5040c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9df90903c9e44be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trading nach Susan Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>98,256</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,040</x:t>
-[...156 lines deleted...]
-          <x:t>97,645</x:t>
+          <x:t>98,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>97,157</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,710</x:t>
-[...205 lines deleted...]
-          <x:t>97,345</x:t>
+          <x:t>97,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,248</x:t>
-[...31 lines deleted...]
-          <x:t>97,209</x:t>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>