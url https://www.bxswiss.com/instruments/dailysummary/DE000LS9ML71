--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d389d7f5d474716" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb32fa73bea14e4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9df90903c9e44be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e78aed5502b4415"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R974073ee7b5040c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9df90903c9e44be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0158e943489d4e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e78aed5502b4415" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trading nach Susan Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,636</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>