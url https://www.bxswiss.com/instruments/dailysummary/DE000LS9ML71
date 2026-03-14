--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb32fa73bea14e4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4b1898f83684245" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e78aed5502b4415"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87c64ec5d5d5499a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0158e943489d4e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e78aed5502b4415" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1db11e7dd1964a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87c64ec5d5d5499a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trading nach Susan Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>