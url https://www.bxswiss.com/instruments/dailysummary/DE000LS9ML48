--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd82e34234a7843c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf895896de4e472a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dcdc20cddb14b4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87e002a4a2c5498e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra823496428674151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dcdc20cddb14b4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c579e8209be4d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87e002a4a2c5498e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OÖ10 Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>61,069</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,785</x:t>
-[...517 lines deleted...]
-          <x:t>64,220</x:t>
+          <x:t>61,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>