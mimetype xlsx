--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf895896de4e472a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64c9a1ebb0c646fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87e002a4a2c5498e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9143c167a8c4328"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c579e8209be4d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87e002a4a2c5498e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc10b322004af483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9143c167a8c4328" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OÖ10 Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>61,077</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>