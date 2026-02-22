--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64c9a1ebb0c646fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R428c5915e8fe4e83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9143c167a8c4328"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R237b92781bec429d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc10b322004af483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9143c167a8c4328" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8f9d7ed45534eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R237b92781bec429d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OÖ10 Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>70,428</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,489</x:t>
-[...31 lines deleted...]
-          <x:t>71,159</x:t>
+          <x:t>70,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>