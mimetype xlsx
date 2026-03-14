--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R428c5915e8fe4e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re47334b38e8e4919" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R237b92781bec429d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refcedca7140949c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8f9d7ed45534eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R237b92781bec429d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb66e63673db4806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refcedca7140949c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OÖ10 Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,842</x:t>
-[...603 lines deleted...]
-          <x:t>74,771</x:t>
+          <x:t>70,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>