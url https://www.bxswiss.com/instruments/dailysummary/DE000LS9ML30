--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e83c491d0ef47ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94df75ebce78450e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd02812399b54ec5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R275e745c43194763"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1afbb4b9091a46d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd02812399b54ec5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e35f0a80c4445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R275e745c43194763" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum + Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>