--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94df75ebce78450e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R759caa2baf414fd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R275e745c43194763"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5e423272c2d4e1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e35f0a80c4445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R275e745c43194763" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b78b497b5c1468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5e423272c2d4e1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum + Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>244,122</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>