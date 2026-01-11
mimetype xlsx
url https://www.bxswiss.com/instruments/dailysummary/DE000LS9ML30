--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R759caa2baf414fd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e680dcfb67470e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5e423272c2d4e1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1206112dffbe467b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b78b497b5c1468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5e423272c2d4e1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd10f83ef5689459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1206112dffbe467b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum + Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,167</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>