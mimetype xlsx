--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e680dcfb67470e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0e2e42b88f04069" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1206112dffbe467b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0823847f761246b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd10f83ef5689459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1206112dffbe467b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7166fe0777164f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0823847f761246b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum + Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>263,146</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>