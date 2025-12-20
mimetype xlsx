--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa4560e573fc4c49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3b915ce98e54f5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20327c1972e54600"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e0916e421a4960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c5b71ecab2a4223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20327c1972e54600" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f0d8795f8454369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e0916e421a4960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalstrategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>296,301</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>