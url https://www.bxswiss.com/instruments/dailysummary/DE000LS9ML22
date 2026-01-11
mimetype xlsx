--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3b915ce98e54f5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68d86905d0354ace" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e0916e421a4960"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06d0bb1598e54f15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f0d8795f8454369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e0916e421a4960" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbcb7bc7e04c4d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06d0bb1598e54f15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalstrategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>