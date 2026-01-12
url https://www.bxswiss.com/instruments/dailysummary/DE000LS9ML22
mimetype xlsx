--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68d86905d0354ace" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R367acef40a064720" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06d0bb1598e54f15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ad348e50f58471c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbcb7bc7e04c4d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06d0bb1598e54f15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dc6e01a8fc04342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ad348e50f58471c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalstrategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>