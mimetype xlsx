--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R367acef40a064720" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2c5f622d1d44728" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ad348e50f58471c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R633dc10759524582"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dc6e01a8fc04342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ad348e50f58471c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11fbf015d974295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R633dc10759524582" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalstrategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>217,207</x:t>
-[...306 lines deleted...]
-          <x:t>249,309</x:t>
+          <x:t>187,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>