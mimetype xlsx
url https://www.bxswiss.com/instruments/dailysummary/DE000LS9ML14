--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d56bb1b8f741e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11835c785ed0489e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25da6192256c40db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff42b3231a62486d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d226885e4ab4e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25da6192256c40db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe815c0e1a5c44b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff42b3231a62486d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZTrading1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>