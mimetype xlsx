--- v1 (2025-11-04)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11835c785ed0489e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f324868d8224f40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff42b3231a62486d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19f7ac527e3542f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe815c0e1a5c44b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff42b3231a62486d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fa38c2d769b438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19f7ac527e3542f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZTrading1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...338 lines deleted...]
-          <x:t>160,605</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>157,170</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>