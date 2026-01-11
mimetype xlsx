--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f324868d8224f40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1d8021ef2644083" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19f7ac527e3542f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R361441b5d55842c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fa38c2d769b438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19f7ac527e3542f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14b39da6abf84c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R361441b5d55842c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZTrading1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,169</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>