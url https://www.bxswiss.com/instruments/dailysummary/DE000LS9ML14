--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1d8021ef2644083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4532858ad0746f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R361441b5d55842c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f297d1b3018445e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14b39da6abf84c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R361441b5d55842c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53c5703bf6bd4709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f297d1b3018445e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZTrading1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,511</x:t>
-[...80 lines deleted...]
-          <x:t>164,800</x:t>
+          <x:t>163,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,675</x:t>
+          <x:t>165,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>