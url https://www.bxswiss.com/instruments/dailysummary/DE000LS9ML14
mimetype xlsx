--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4532858ad0746f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8832160d9cd4ad7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f297d1b3018445e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa05174b6114fa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53c5703bf6bd4709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f297d1b3018445e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc1a28d3ec4a4a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa05174b6114fa3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZTrading1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ML14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>