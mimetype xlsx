--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f103518b09c4556" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66c04491bd21415c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6984365fa20f4c72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R792659a1a1814e01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R014f143d54ee4742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6984365fa20f4c72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b753e1a60aa4dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R792659a1a1814e01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Beständigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>100,800</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,849</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>100,791</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,761</x:t>
-[...107 lines deleted...]
-          <x:t>100,505</x:t>
+          <x:t>100,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,719</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>100,705</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>