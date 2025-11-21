--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66c04491bd21415c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6e0cd727734a46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R792659a1a1814e01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ca44a4092b646c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b753e1a60aa4dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R792659a1a1814e01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc32598200344d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ca44a4092b646c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Beständigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,462</x:t>
+          <x:t>100,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,365</x:t>
-[...303 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>100,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,758</x:t>
-[...144 lines deleted...]
-          <x:t>99,920</x:t>
+          <x:t>100,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>