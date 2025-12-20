--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6e0cd727734a46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b412fb1c1f24402" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ca44a4092b646c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd08446114c447f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc32598200344d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ca44a4092b646c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf38d3e590acb4691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd08446114c447f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Beständigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,758</x:t>
-[...193 lines deleted...]
-          <x:t>100,044</x:t>
+          <x:t>100,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,319</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>100,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>