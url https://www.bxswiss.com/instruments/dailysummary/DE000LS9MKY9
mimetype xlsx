--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b412fb1c1f24402" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb890b884c21f4896" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd08446114c447f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6e4e31fc64247cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf38d3e590acb4691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd08446114c447f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b979a294fe24a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6e4e31fc64247cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Beständigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,437</x:t>
-[...386 lines deleted...]
-        <x:is>
           <x:t>100,551</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,541</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>