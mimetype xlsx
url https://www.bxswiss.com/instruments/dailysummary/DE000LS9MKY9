--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb890b884c21f4896" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4e123d94afe4aea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6e4e31fc64247cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bdcfdcd3e394831"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b979a294fe24a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6e4e31fc64247cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0380e19fdd574eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bdcfdcd3e394831" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Beständigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>100,289</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>