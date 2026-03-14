--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4e123d94afe4aea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cb460f7f0134e03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bdcfdcd3e394831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9ced02460f94abb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0380e19fdd574eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bdcfdcd3e394831" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec48c7875ae54b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9ced02460f94abb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Beständigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>