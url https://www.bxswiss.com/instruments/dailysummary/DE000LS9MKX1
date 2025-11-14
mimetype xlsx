--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a6bdb9429f844ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff776ca0eb3453b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra61d664211ee4ec6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re704d2dfe39340ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc84cdc52cc134cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra61d664211ee4ec6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb45520ed47fe4cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re704d2dfe39340ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachholbedarf Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>