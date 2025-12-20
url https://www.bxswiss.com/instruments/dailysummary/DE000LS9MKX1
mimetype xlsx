--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff776ca0eb3453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd277bd85b1a4360" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re704d2dfe39340ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06ba8a12e36e41bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb45520ed47fe4cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re704d2dfe39340ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R453f7e265278474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06ba8a12e36e41bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachholbedarf Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>148,825</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>