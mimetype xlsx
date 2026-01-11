--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd277bd85b1a4360" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3040f8ea2744def" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06ba8a12e36e41bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15314f4e5e854210"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R453f7e265278474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06ba8a12e36e41bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92402f8122ab4bdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15314f4e5e854210" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachholbedarf Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>