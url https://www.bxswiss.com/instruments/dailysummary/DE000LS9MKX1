--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3040f8ea2744def" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff03a0962054e03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15314f4e5e854210"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R292c8643a6b1458f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92402f8122ab4bdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15314f4e5e854210" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R493f532662404acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R292c8643a6b1458f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachholbedarf Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>168,460</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>