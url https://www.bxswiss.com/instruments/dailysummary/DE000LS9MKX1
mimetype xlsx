--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff03a0962054e03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R944f2e07630c4f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R292c8643a6b1458f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf46db6d05cbe4ea0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R493f532662404acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R292c8643a6b1458f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3a5b0cbadcd4d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf46db6d05cbe4ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachholbedarf Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,398</x:t>
-[...278 lines deleted...]
-        <x:is>
           <x:t>171,239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>