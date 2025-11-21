--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra126c18f60b34ba5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbda6d1119130415f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc509f7eeefbc4426"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e260d64b38941e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff47a1bcd1674d8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc509f7eeefbc4426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabcecdbf6af14f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e260d64b38941e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Desk- Swingtrades</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>