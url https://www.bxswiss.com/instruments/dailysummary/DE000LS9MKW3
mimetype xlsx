--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbda6d1119130415f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a40817d8c44425e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e260d64b38941e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R219c44219a994aae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabcecdbf6af14f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e260d64b38941e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d1b5de20d3d4203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R219c44219a994aae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Desk- Swingtrades</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>