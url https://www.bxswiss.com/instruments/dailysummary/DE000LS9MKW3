--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a40817d8c44425e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa6a4b6d06ae4c08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R219c44219a994aae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591741ec61fe4824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d1b5de20d3d4203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R219c44219a994aae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc701664e13e94be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591741ec61fe4824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Desk- Swingtrades</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>254,567</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>252,943</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>251,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>