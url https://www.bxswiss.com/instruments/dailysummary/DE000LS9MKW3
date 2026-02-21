--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa6a4b6d06ae4c08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c2abc9daf064467" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591741ec61fe4824"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19d38e3701bf4ef5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc701664e13e94be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591741ec61fe4824" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f4b90785fb04802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19d38e3701bf4ef5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Desk- Swingtrades</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>265,762</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>