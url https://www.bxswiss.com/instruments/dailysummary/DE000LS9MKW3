--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c2abc9daf064467" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e807e38f6941ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19d38e3701bf4ef5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8bcb10fb3354ad3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f4b90785fb04802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19d38e3701bf4ef5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e7e8e5484547b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8bcb10fb3354ad3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Desk- Swingtrades</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>