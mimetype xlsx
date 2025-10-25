--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98d0cbeaaee34247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe979e9e74d4b9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50d568b57f504523"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64cbcb2563cf4313"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73fdcde6aa694a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50d568b57f504523" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb86916964cf4bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64cbcb2563cf4313" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Monopolies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>659,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>666,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>658,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>663,508</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>701,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>702,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>695,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>698,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>