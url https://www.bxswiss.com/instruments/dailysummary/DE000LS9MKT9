--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe979e9e74d4b9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd54aa846782a4fd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64cbcb2563cf4313"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5183b73678534214"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb86916964cf4bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64cbcb2563cf4313" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4879a864e95d43de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5183b73678534214" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Monopolies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>706,788</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>