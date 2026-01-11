--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd54aa846782a4fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R730d073e723241d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5183b73678534214"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13f4fde9215a47ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4879a864e95d43de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5183b73678534214" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R760b7da934e84025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13f4fde9215a47ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Monopolies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>708,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>711,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>708,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>711,413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>684,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>691,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>682,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>690,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>