--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R730d073e723241d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75ebe03c69a147c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13f4fde9215a47ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39ef6da34d1a4ea3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R760b7da934e84025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13f4fde9215a47ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f59ab817cd04b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39ef6da34d1a4ea3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Monopolies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>745,338</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>