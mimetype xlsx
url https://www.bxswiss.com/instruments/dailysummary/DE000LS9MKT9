--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75ebe03c69a147c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc5fd5988244a41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39ef6da34d1a4ea3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red522fc1e1484c3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f59ab817cd04b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39ef6da34d1a4ea3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13fc626d7de241f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red522fc1e1484c3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Monopolies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>743,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>745,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>731,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>735,930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>720,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>725,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>715,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>719,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>