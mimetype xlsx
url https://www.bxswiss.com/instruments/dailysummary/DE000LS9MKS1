--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c0b8fc37e0a487d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059f9be4bc1e4e32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R029bb9128687452a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf026b80baef64767"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cab585133c6493e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R029bb9128687452a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3df2f7252654ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf026b80baef64767" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Inbegriff des Bösen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>202,193</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>