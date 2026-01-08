--- v1 (2025-11-14)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059f9be4bc1e4e32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ca3ccbe4da491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf026b80baef64767"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb43bf9fe0a0493b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3df2f7252654ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf026b80baef64767" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e77fd37b88a468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb43bf9fe0a0493b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Inbegriff des Bösen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>201,316</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>