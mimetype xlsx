--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ca3ccbe4da491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf94b52bf28704c41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb43bf9fe0a0493b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f35339a811d433f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e77fd37b88a468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb43bf9fe0a0493b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78d2fad1b8fe4f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f35339a811d433f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Inbegriff des Bösen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,048</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>