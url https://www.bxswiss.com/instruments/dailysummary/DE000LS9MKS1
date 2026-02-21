--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf94b52bf28704c41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0561c48e8b84d85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f35339a811d433f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d4dd7b93df64283"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78d2fad1b8fe4f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f35339a811d433f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1df7191263b84d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d4dd7b93df64283" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Inbegriff des Bösen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>211,472</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>