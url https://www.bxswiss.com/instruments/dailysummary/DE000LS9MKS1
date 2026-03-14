--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0561c48e8b84d85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34f4d989bd9f449f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d4dd7b93df64283"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae8feb7782f044b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1df7191263b84d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d4dd7b93df64283" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0e04a2380f24668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae8feb7782f044b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Inbegriff des Bösen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>