--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re71759251d93477b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35d4d7507ea2493b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b5e0c82c73b4782"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410779cbc1394100"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d89d9c89fc4782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b5e0c82c73b4782" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R975ff1c202434a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410779cbc1394100" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turn around, Tec!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>