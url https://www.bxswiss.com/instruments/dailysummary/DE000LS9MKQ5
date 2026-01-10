--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35d4d7507ea2493b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05c298f6e46e4b19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410779cbc1394100"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d2bb01638f4f25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R975ff1c202434a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410779cbc1394100" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R468eb7a0abc2405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d2bb01638f4f25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turn around, Tec!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>125,309</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,132</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>125,384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,368</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>