--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05c298f6e46e4b19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc07639f7e5fe4a21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d2bb01638f4f25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb79a6d5e533547e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R468eb7a0abc2405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d2bb01638f4f25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6d469062de443bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb79a6d5e533547e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turn around, Tec!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>131,420</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>