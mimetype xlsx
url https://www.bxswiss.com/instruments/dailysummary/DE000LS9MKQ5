--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc07639f7e5fe4a21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33c071560e514fdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb79a6d5e533547e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde5f253b845b4cdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6d469062de443bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb79a6d5e533547e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c2bf271f1644043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde5f253b845b4cdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turn around, Tec!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -771,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>