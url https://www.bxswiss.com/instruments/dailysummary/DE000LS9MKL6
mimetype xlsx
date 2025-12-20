--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa37ac49252484d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644685f2628a4283" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00a0833890ab4620"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d69c96d14634bf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra44915cad4ac4252" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00a0833890ab4620" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c30affe7574475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d69c96d14634bf8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plusmacher-Swingtrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>110,405</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,598</x:t>
-[...355 lines deleted...]
-          <x:t>120,014</x:t>
+          <x:t>107,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>