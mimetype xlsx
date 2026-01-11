--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644685f2628a4283" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06852282ffc44330" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d69c96d14634bf8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95f3832ddbdc49a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c30affe7574475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d69c96d14634bf8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dd321901ee74fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95f3832ddbdc49a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plusmacher-Swingtrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>103,100</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...478 lines deleted...]
-          <x:t>106,360</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>