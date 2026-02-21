--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06852282ffc44330" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5236daa25c994441" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95f3832ddbdc49a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra359685fa9c94810"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dd321901ee74fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95f3832ddbdc49a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c78f59470ef4c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra359685fa9c94810" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plusmacher-Swingtrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>108,314</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>