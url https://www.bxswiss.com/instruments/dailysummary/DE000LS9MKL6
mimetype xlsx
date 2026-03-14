--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5236daa25c994441" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a7331ebd7bc4ea5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra359685fa9c94810"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a164181b57546cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c78f59470ef4c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra359685fa9c94810" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1701d4339a74799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a164181b57546cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plusmacher-Swingtrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>