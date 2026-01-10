--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5ea6948fb5242f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60890d0a1d0461b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdb0d3de15c04c63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dc30bee7e134c01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re89575123b0f4786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdb0d3de15c04c63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca6cb17c2ead4956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dc30bee7e134c01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Good Luck</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>