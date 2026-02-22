--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60890d0a1d0461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e291e11a254db8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dc30bee7e134c01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R671a157009c2492b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca6cb17c2ead4956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dc30bee7e134c01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8679a090fd084487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R671a157009c2492b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Good Luck</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>214,135</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>