--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e291e11a254db8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d56ae4c913241dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R671a157009c2492b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ca99faa3c054478"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8679a090fd084487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R671a157009c2492b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7061f41665354308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ca99faa3c054478" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Good Luck</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>