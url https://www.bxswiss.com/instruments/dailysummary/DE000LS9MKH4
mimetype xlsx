--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31e4c4feda9e438b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49fa04f1b5f54ad6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee8d4c3d8e6414c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cc040a9d0684d00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2439468aad6a461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee8d4c3d8e6414c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebf3a15f65254bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cc040a9d0684d00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best DAX-MDAX-TECDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>123,415</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,182</x:t>
-[...112 lines deleted...]
-          <x:t>127,338</x:t>
+          <x:t>124,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>