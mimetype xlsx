--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49fa04f1b5f54ad6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re247e112c83b40fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cc040a9d0684d00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9913c4d0e7e94270"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebf3a15f65254bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cc040a9d0684d00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddae71c5a4d94072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9913c4d0e7e94270" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best DAX-MDAX-TECDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>