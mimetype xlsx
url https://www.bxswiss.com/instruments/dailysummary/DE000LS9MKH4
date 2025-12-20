--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re247e112c83b40fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f94a5a5f9e4909" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9913c4d0e7e94270"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12bf478b778b4256"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddae71c5a4d94072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9913c4d0e7e94270" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R366bb72c0a424bbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12bf478b778b4256" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best DAX-MDAX-TECDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>122,775</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,732</x:t>
-[...367 lines deleted...]
-          <x:t>130,146</x:t>
+          <x:t>124,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,634</x:t>
-[...139 lines deleted...]
-          <x:t>125,392</x:t>
+          <x:t>130,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>