--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f94a5a5f9e4909" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba838b67fc544b7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12bf478b778b4256"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc02c015e13924dc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R366bb72c0a424bbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12bf478b778b4256" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20de0e7d10b04d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc02c015e13924dc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best DAX-MDAX-TECDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>