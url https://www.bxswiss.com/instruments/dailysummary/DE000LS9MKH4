--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba838b67fc544b7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3713b6474e740c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc02c015e13924dc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb41b0658bdfa4f84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20de0e7d10b04d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc02c015e13924dc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b63c92c32b44c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb41b0658bdfa4f84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best DAX-MDAX-TECDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>132,889</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,593</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>137,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>