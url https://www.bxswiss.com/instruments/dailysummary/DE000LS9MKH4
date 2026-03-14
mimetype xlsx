--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3713b6474e740c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb7fec01583745d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb41b0658bdfa4f84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R615c992f96fa4fe5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b63c92c32b44c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb41b0658bdfa4f84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree20baf90eeb4d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R615c992f96fa4fe5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best DAX-MDAX-TECDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MKH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>132,930</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,632</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...489 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,593</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>