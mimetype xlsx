--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0ef8cd918704206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d7095cf3504620" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20045eba9b9b4212"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd67b515cb24941ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4597a6c3040643b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20045eba9b9b4212" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ea24f95a40d4727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd67b515cb24941ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the_aa_values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>