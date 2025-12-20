--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d7095cf3504620" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b1b151b266e4ad9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd67b515cb24941ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c46a6a018154a4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ea24f95a40d4727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd67b515cb24941ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef01e0e35274003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c46a6a018154a4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the_aa_values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...517 lines deleted...]
-          <x:t>128,188</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,851</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>124,635</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>