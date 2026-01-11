--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b1b151b266e4ad9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf750c41183ad43f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c46a6a018154a4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cebbb5de3be4e70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef01e0e35274003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c46a6a018154a4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c5a06b0a1ee4df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cebbb5de3be4e70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the_aa_values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>