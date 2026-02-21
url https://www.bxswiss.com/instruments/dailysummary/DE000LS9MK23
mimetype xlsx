--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf750c41183ad43f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda537ab71f449a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cebbb5de3be4e70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55a6f525876a4b95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c5a06b0a1ee4df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cebbb5de3be4e70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca7500533a2d4816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55a6f525876a4b95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the_aa_values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,682</x:t>
-[...9 lines deleted...]
-          <x:t>138,582</x:t>
+          <x:t>138,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>