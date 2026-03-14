--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda537ab71f449a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra059f5fb4edd4634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55a6f525876a4b95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fe0ea05d04f4714"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca7500533a2d4816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55a6f525876a4b95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13df9111c61b4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fe0ea05d04f4714" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the_aa_values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>138,834</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,443</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...332 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,183</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>