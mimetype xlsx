--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a990e6a941545d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re76e187701684b0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90dabecebb704dd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55fc830f6db64c24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R792c799aa43d4f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90dabecebb704dd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b004d66524d41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55fc830f6db64c24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top E-Mobility Factorys</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>