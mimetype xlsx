--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re76e187701684b0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00bd9b808a34428d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55fc830f6db64c24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35a812e2e473411f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b004d66524d41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55fc830f6db64c24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b1a64d4e7b0425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35a812e2e473411f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top E-Mobility Factorys</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,397</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>