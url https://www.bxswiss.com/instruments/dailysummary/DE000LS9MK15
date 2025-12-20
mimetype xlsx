--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00bd9b808a34428d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e32f1639304deb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35a812e2e473411f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d83b4bf42b844ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b1a64d4e7b0425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35a812e2e473411f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c52af6388044d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d83b4bf42b844ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top E-Mobility Factorys</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,850</x:t>
-[...495 lines deleted...]
-          <x:t>178,518</x:t>
+          <x:t>185,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>