--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e32f1639304deb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77517892f7354456" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d83b4bf42b844ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1137c31ed9a48ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c52af6388044d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d83b4bf42b844ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0abae283925458c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1137c31ed9a48ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top E-Mobility Factorys</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>