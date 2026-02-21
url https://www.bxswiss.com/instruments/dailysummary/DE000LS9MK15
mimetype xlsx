--- v4 (2025-12-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77517892f7354456" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re699551d7a2243ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1137c31ed9a48ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc99ea3c846414bbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0abae283925458c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1137c31ed9a48ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f8504f72a024f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc99ea3c846414bbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top E-Mobility Factorys</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>183,514</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>