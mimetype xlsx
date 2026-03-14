--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re699551d7a2243ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5919a00e0594f56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc99ea3c846414bbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c14b2756fe0492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f8504f72a024f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc99ea3c846414bbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4a7c57b89a4eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c14b2756fe0492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top E-Mobility Factorys</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MK15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>