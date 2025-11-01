--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R170707b50c074c08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7429e05331ac4849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c4472b37cf5447d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R573d2145b8be4acf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0fd4610166145d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c4472b37cf5447d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2173e4c8396a4496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R573d2145b8be4acf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend- und Rebound Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>56,825</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,761</x:t>
-[...60 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>56,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,056</x:t>
-[...63 lines deleted...]
-          <x:t>56,777</x:t>
+          <x:t>56,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>