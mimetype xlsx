--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7429e05331ac4849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R566f269424a548e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R573d2145b8be4acf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2759a12a184a4ad2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2173e4c8396a4496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R573d2145b8be4acf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42d1eb90da8743fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2759a12a184a4ad2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend- und Rebound Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>56,597</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>55,253</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,204</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>57,416</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>