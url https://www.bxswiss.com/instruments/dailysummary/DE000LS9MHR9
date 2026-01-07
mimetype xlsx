--- v0 (2025-10-31)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34280115a3bd49a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10f14e700551459b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdb2dfa55f8a4de4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1507e5b3bbb4a6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R849745ca2a414554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdb2dfa55f8a4de4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a33e5d7d3cb4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1507e5b3bbb4a6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vision. Courage. Patience.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>145,072</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>