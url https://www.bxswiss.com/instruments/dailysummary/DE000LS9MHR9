--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10f14e700551459b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a4bfc89141b4c66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1507e5b3bbb4a6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2364858668aa44f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a33e5d7d3cb4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1507e5b3bbb4a6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b4390bfe0314530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2364858668aa44f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vision. Courage. Patience.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>171,336</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>