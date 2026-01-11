--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625780c32eeb4bf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e56534ac4de4692" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R606c5eb18d604c4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bdde80857674df5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb36afd12d38c449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R606c5eb18d604c4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refcbf9ef9b64490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bdde80857674df5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unruhige Zeiten nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>9,359</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>9,455</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>9,410</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>