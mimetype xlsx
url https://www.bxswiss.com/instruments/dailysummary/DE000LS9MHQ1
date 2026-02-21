--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e56534ac4de4692" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3737df68d30f4a48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bdde80857674df5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e634c7f479643a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refcbf9ef9b64490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bdde80857674df5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3f989f3ca0942fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e634c7f479643a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unruhige Zeiten nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>10,400</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>