--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3737df68d30f4a48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdbbd1ed763b46c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e634c7f479643a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bdb75fc77fa40a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3f989f3ca0942fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e634c7f479643a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e4850e768c04382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bdb75fc77fa40a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unruhige Zeiten nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>