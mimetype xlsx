--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a1e79f7d9d94299" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R292092e9995a41b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra46311edb36a48ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfca522c71b14de1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7416b5c1d9394810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra46311edb36a48ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca2b47387825458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfca522c71b14de1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wolken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>196,710</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>195,548</x:t>
-[...171 lines deleted...]
-          <x:t>195,731</x:t>
+          <x:t>196,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>