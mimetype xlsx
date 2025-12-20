--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R292092e9995a41b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d11d3e9b034b13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfca522c71b14de1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d1ce0be8e3f4cfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca2b47387825458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfca522c71b14de1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R827267dfba2548ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d1ce0be8e3f4cfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wolken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>195,548</x:t>
-[...193 lines deleted...]
-          <x:t>196,110</x:t>
+          <x:t>196,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,649</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>196,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>