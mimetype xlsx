--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d11d3e9b034b13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a6860621a4451f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d1ce0be8e3f4cfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re570056a570d4d92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R827267dfba2548ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d1ce0be8e3f4cfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdab43e54c034db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re570056a570d4d92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wolken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>