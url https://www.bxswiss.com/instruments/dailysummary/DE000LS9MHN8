--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a6860621a4451f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2eec72c5e21481b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re570056a570d4d92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26b5bcba6af24241"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdab43e54c034db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re570056a570d4d92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74bb62c5853845b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26b5bcba6af24241" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wolken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>196,590</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>