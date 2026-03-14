--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2eec72c5e21481b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ef6a753cbd04e2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26b5bcba6af24241"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9a0422f7a534618"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74bb62c5853845b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26b5bcba6af24241" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb33c9a0edb404615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9a0422f7a534618" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wolken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,153</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>