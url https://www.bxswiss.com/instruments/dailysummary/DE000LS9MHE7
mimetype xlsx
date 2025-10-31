--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336cff8c29eb4d5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd5a14601cfb49fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf639fb9d9f04aad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fce2d269fba48c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01c7111fe9aa4d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf639fb9d9f04aad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05b6111af3a340e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fce2d269fba48c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AeroStarsWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>