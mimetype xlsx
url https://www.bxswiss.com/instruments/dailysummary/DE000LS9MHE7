--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd5a14601cfb49fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ebfb96c59ad4ecd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fce2d269fba48c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98683186013c4e46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05b6111af3a340e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fce2d269fba48c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12d57c7d4795491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98683186013c4e46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AeroStarsWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>