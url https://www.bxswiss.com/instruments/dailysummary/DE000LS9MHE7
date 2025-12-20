--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ebfb96c59ad4ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R573fedc6f3484d83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98683186013c4e46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R806b4e740ec646bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12d57c7d4795491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98683186013c4e46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R710f1c30d1124d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R806b4e740ec646bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AeroStarsWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>