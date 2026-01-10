--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R573fedc6f3484d83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6fde6b8c7b34a11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R806b4e740ec646bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e361d6fef0e48eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R710f1c30d1124d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R806b4e740ec646bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R390d0b915d974db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e361d6fef0e48eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AeroStarsWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>