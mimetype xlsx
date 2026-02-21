--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6fde6b8c7b34a11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cc0534a529f407b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e361d6fef0e48eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f71cc26d2394dd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R390d0b915d974db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e361d6fef0e48eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8bf28722f8e4d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f71cc26d2394dd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AeroStarsWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>183,536</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>