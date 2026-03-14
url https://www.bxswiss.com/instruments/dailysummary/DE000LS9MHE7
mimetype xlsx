--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cc0534a529f407b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdad79289093f4e89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f71cc26d2394dd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc47a607262b43e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8bf28722f8e4d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f71cc26d2394dd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7d44f2699f3436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc47a607262b43e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AeroStarsWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>