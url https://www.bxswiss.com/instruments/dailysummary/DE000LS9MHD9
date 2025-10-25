--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f66206cafa648ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84b985c8483f44a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70e9f62f6c2142d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc89d72bfa3274969"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5350c39df490468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70e9f62f6c2142d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a2cf299ffd4924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc89d72bfa3274969" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL TRADING &amp; DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>107,322</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>106,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>107,209</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>110,023</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>