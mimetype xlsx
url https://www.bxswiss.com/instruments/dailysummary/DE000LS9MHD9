--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84b985c8483f44a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2688a50d55d4421b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc89d72bfa3274969"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd35e733cb874a46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a2cf299ffd4924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc89d72bfa3274969" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd3e1839c7424bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd35e733cb874a46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL TRADING &amp; DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>107,041</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>