--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2688a50d55d4421b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdea46a1c155d4b68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd35e733cb874a46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c38c4e8686b4381"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd3e1839c7424bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd35e733cb874a46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R925ced0f70dd4077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c38c4e8686b4381" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL TRADING &amp; DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>113,334</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>