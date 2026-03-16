--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdea46a1c155d4b68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra65af64b30864ba8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c38c4e8686b4381"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7355cca4e8cd47f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R925ced0f70dd4077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c38c4e8686b4381" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R633b3d61672740c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7355cca4e8cd47f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL TRADING &amp; DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MHD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>