--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08ce95ba25e141f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca207389ebd1456b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ff5c7dcf8f9498f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4788112ddb3748c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8bb938bf50c4673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ff5c7dcf8f9498f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffda8a5000a24a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4788112ddb3748c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Opportunity 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>