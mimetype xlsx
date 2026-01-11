--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca207389ebd1456b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebda28d0e26c417f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4788112ddb3748c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6b51cec694b4fba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffda8a5000a24a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4788112ddb3748c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb79882e225f046df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6b51cec694b4fba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Opportunity 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>146,676</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>