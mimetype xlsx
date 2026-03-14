--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebda28d0e26c417f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97574316da6e4431" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6b51cec694b4fba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba6f01b01dae4ba6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb79882e225f046df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6b51cec694b4fba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc526ec6391b34b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba6f01b01dae4ba6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Opportunity 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>155,800</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>