--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf564183c7b0348c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0187535403a44a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96d70b6db44e448b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R207d685e08414e36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R491d0acd18dc4fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96d70b6db44e448b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6644ae396c0d4657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R207d685e08414e36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahme-Fantasie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>