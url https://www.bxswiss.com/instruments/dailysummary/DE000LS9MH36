--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0187535403a44a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9bc893785464120" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R207d685e08414e36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R558c0eb283ca4239"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6644ae396c0d4657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R207d685e08414e36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08643b271a924f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R558c0eb283ca4239" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahme-Fantasie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>74,430</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,561</x:t>
-[...53 lines deleted...]
-          <x:t>73,265</x:t>
+          <x:t>73,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,495</x:t>
-        </x:is>
-[...457 lines deleted...]
-          <x:t>73,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>