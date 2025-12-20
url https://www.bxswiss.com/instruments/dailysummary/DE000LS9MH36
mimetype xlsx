--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9bc893785464120" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8377e6c22a23406a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R558c0eb283ca4239"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0688e12da5a41da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08643b271a924f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R558c0eb283ca4239" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d1eef6990b4fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0688e12da5a41da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahme-Fantasie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>