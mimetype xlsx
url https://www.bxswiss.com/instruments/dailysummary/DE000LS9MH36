--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8377e6c22a23406a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbc190bb4cd64682" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0688e12da5a41da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35e36394c9b147fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d1eef6990b4fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0688e12da5a41da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31986c0f9da7451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35e36394c9b147fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahme-Fantasie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,122 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>75,376</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,629</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...290 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,978</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,081</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>