--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbc190bb4cd64682" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ade1ae161be48ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35e36394c9b147fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b7481899dc745e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31986c0f9da7451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35e36394c9b147fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cd0b0ba6f2c4e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b7481899dc745e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahme-Fantasie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>78,283</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>