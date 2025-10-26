--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1558e27d2e6f4d00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R057bc74b5e274230" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf903c72dfbac432e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re22815296e81443e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc9ccc97c0714789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf903c72dfbac432e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1cb5f97d6544a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re22815296e81443e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>