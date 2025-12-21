--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R057bc74b5e274230" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e9252939a1b4056" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re22815296e81443e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf49f4164f404831"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1cb5f97d6544a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re22815296e81443e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83204108dc344b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf49f4164f404831" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>79,386</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>