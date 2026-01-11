--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e9252939a1b4056" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9506bfc12d44791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf49f4164f404831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dba194f93dc4b2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83204108dc344b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf49f4164f404831" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf88e2bc2b854589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dba194f93dc4b2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,573</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>