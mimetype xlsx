--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9506bfc12d44791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra35e6d56c21e4555" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dba194f93dc4b2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe74efcd88ed4134"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf88e2bc2b854589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dba194f93dc4b2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b39a3e26344476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe74efcd88ed4134" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,622</x:t>
-[...9 lines deleted...]
-          <x:t>83,499</x:t>
+          <x:t>83,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,879</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>