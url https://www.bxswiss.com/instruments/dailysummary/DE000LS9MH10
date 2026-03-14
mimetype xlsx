--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra35e6d56c21e4555" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4151be8a45d4047" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe74efcd88ed4134"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833a6c238b0145f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b39a3e26344476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe74efcd88ed4134" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R727393cda9bb4791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833a6c238b0145f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MH10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>82,917</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,714</x:t>
-[...354 lines deleted...]
-        <x:is>
           <x:t>83,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,419</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>