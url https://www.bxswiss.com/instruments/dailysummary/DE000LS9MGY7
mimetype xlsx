--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193ff47a29f14c39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eca99dad4fb4035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7af985855b1e4e8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65cc2916705a4f21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31b2c1e920d34af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7af985855b1e4e8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d686327e89447e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65cc2916705a4f21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eMobilityWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>