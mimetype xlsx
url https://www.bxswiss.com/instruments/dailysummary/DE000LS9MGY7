--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eca99dad4fb4035" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c2edef76fb45bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65cc2916705a4f21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94103f0fa90b40ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d686327e89447e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65cc2916705a4f21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf07a74a2d5e44d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94103f0fa90b40ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eMobilityWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,103</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>