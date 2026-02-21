--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c2edef76fb45bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7710e007f3c4d26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94103f0fa90b40ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6d100ec2e44527"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf07a74a2d5e44d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94103f0fa90b40ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf52af3d2e00e4e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6d100ec2e44527" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eMobilityWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>81,054</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>