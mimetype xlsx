--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7710e007f3c4d26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d64afe7344d4629" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6d100ec2e44527"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb0b02394c7b4436"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf52af3d2e00e4e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6d100ec2e44527" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f938fc753b74122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb0b02394c7b4436" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eMobilityWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>73,408</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,170</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>75,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,427</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,092</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>