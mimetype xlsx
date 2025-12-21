--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R553ead577aa04e4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25b2d959c1404e23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec0e78fc79a4705"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103759faa85e48dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcc90df465f94aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec0e78fc79a4705" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf99867b398a14cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103759faa85e48dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>No Doubts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>167,805</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>