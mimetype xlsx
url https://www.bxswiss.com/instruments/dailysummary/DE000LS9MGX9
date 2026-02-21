--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25b2d959c1404e23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe8ee6bc71e04bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103759faa85e48dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe072cded6d644fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf99867b398a14cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103759faa85e48dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R965160812b974553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe072cded6d644fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>No Doubts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...490 lines deleted...]
-          <x:t>173,176</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,582</x:t>
-[...112 lines deleted...]
-          <x:t>172,808</x:t>
+          <x:t>175,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>