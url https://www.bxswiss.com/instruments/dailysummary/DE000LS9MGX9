--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe8ee6bc71e04bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a2079668e384cd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe072cded6d644fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb01dc26f3bbd4c79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R965160812b974553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe072cded6d644fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80d4ec4ea2a646d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb01dc26f3bbd4c79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>No Doubts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>