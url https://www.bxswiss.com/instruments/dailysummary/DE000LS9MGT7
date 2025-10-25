--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70b99d3169e94fd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f713c10e1264414" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb9df2459a074499"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61d9aa6d2956486f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a5060abc4d04203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb9df2459a074499" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb0c60d509464c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61d9aa6d2956486f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren mit Weitsicht</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>85,341</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,383</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...582 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>