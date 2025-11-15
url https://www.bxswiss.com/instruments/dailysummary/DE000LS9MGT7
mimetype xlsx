--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f713c10e1264414" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc79b5d4dee9d47c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61d9aa6d2956486f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76b908dbdd034219"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb0c60d509464c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61d9aa6d2956486f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e54eb1e07e8478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76b908dbdd034219" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren mit Weitsicht</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>