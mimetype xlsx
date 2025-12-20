--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc79b5d4dee9d47c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03c5174e50364c9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76b908dbdd034219"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e25c11cc8cd4dfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e54eb1e07e8478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76b908dbdd034219" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R493f88793c244149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e25c11cc8cd4dfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren mit Weitsicht</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...220 lines deleted...]
-          <x:t>83,411</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,345</x:t>
-[...389 lines deleted...]
-          <x:t>14.11.2025</x:t>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,141</x:t>
-[...9 lines deleted...]
-          <x:t>85,125</x:t>
+          <x:t>84,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>