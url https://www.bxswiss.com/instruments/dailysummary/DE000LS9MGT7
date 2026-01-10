--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03c5174e50364c9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914eba1412794f89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e25c11cc8cd4dfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20a97d98cc5047d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R493f88793c244149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e25c11cc8cd4dfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc00bed7f614eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20a97d98cc5047d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren mit Weitsicht</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>85,180</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,914</x:t>
-[...168 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>84,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,722</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>85,003</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>