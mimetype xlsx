--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914eba1412794f89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d86c4a58457407e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20a97d98cc5047d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701579f503384cd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc00bed7f614eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20a97d98cc5047d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa05cfe24e3b4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701579f503384cd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren mit Weitsicht</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>86,207</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>