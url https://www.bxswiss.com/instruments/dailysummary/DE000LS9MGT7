--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d86c4a58457407e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31f2aea5742c4baf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701579f503384cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc845e53794244960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa05cfe24e3b4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701579f503384cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R389a060b82b045c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc845e53794244960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren mit Weitsicht</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>80,745</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...208 lines deleted...]
-          <x:t>81,330</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>