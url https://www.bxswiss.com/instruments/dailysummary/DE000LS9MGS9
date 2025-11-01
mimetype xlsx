--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf51156eb4c094035" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R970ab3f9aece4004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d1ec3c4d7864673"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf91c3219ad2243a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48382fc3d6434458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d1ec3c4d7864673" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf5ea2bd6bbe46ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf91c3219ad2243a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Weltweit 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>68,773</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,560</x:t>
-[...416 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>66,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,835</x:t>
-[...171 lines deleted...]
-          <x:t>71,445</x:t>
+          <x:t>63,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>