--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R970ab3f9aece4004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81e506a4cd5f4697" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf91c3219ad2243a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d4a664b0951427d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf5ea2bd6bbe46ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf91c3219ad2243a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R185f70fe34094ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d4a664b0951427d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Weltweit 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>