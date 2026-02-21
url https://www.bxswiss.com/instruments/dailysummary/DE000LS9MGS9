--- v2 (2025-11-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81e506a4cd5f4697" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec717887ba7c43c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d4a664b0951427d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bf183611f384961"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R185f70fe34094ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d4a664b0951427d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55ec8fc9a858495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bf183611f384961" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Weltweit 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,613 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>32,848</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>