--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec717887ba7c43c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5aba8c44c6a4a87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bf183611f384961"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R793237b5fd114609"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55ec8fc9a858495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bf183611f384961" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3dc982720414c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R793237b5fd114609" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Weltweit 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,410 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...263 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,916</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>32,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,187</x:t>
         </x:is>
       </x:c>
@@ -731,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>