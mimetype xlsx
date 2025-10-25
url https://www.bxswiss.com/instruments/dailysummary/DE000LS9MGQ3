--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f908bcfe5c240cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a522cc42d254c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1f0d52bca794f8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb967c0e4c84846be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68e9793e76854bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1f0d52bca794f8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R252fa6575d784ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb967c0e4c84846be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RocketInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,603 +149,198 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>195,189</x:t>
-[...328 lines deleted...]
-          <x:t>195,667</x:t>
+          <x:t>195,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,352</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...123 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,688</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>