--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a522cc42d254c99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R679677eeecc44093" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb967c0e4c84846be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa64c690bb104fc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R252fa6575d784ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb967c0e4c84846be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4aa9ea25a164f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa64c690bb104fc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RocketInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>