--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R679677eeecc44093" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00fbe3ec59594860" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa64c690bb104fc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ebd4fc39e744406"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4aa9ea25a164f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa64c690bb104fc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102469d5cab641a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ebd4fc39e744406" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RocketInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...603 lines deleted...]
-          <x:t>203,246</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>201,730</x:t>
-[...26 lines deleted...]
-          <x:t>200,938</x:t>
+          <x:t>198,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>