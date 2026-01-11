--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00fbe3ec59594860" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4346a812b2f42be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ebd4fc39e744406"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbec1b859942b4de7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102469d5cab641a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ebd4fc39e744406" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37de3b9e2ece4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbec1b859942b4de7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RocketInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>207,703</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,314</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...219 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,665</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>