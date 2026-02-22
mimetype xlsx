--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4346a812b2f42be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccc785734daf4a0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbec1b859942b4de7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79d6943d797b4920"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37de3b9e2ece4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbec1b859942b4de7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R109f592049894456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79d6943d797b4920" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RocketInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>202,733</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>200,740</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>