--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccc785734daf4a0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb810035cb8bc4d60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79d6943d797b4920"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83d1d596267a4abb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R109f592049894456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79d6943d797b4920" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8db5023b35204cfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83d1d596267a4abb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RocketInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,943</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>