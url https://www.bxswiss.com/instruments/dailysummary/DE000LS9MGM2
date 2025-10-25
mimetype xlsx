--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc81dc9f1a4499e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d7ce63f571a4088" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92d55de5bdec4933"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77b4857fb2344e83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R700c5cfce09049af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92d55de5bdec4933" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0f21f99328d4747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77b4857fb2344e83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Junior Miners Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>106,498</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>17.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,348</x:t>
-[...333 lines deleted...]
-          <x:t>106,397</x:t>
+          <x:t>105,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>