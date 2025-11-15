--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d7ce63f571a4088" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a4ff5542527430a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77b4857fb2344e83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b5ab072e2cb4bec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0f21f99328d4747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77b4857fb2344e83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3646ded1f09940df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b5ab072e2cb4bec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Junior Miners Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>106,141</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,039</x:t>
-[...350 lines deleted...]
-          <x:t>105,355</x:t>
+          <x:t>106,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>