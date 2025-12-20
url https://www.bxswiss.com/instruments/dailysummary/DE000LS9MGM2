--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a4ff5542527430a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42d9b6d5293a40ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b5ab072e2cb4bec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a6ead0dbab42dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3646ded1f09940df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b5ab072e2cb4bec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a3da013dec14e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a6ead0dbab42dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Junior Miners Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...392 lines deleted...]
-          <x:t>105,700</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,990</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>104,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>