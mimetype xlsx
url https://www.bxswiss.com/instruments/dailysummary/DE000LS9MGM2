--- v3 (2025-12-20)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42d9b6d5293a40ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e18f6e80394b76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a6ead0dbab42dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20542b71cda845d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a3da013dec14e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a6ead0dbab42dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6748c6628012452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20542b71cda845d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Junior Miners Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>105,990</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>