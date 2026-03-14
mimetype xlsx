--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e18f6e80394b76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0472ce09e73144b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20542b71cda845d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb5ec84da1954208"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6748c6628012452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20542b71cda845d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ff9f9305f964d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb5ec84da1954208" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Junior Miners Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>