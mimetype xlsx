--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd19519cd7584541" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R945e6dda0e044591" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R242c444930274eff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08baaf2fde914bd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R739e24f429a94300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R242c444930274eff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra57c5d8f6a444afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08baaf2fde914bd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BW- Das Musterländle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>