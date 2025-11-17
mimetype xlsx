--- v1 (2025-10-26)
+++ v2 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R945e6dda0e044591" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc53368221c4ae0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08baaf2fde914bd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d447d6c2d934a05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra57c5d8f6a444afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08baaf2fde914bd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddf56524878642ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d447d6c2d934a05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BW- Das Musterländle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>