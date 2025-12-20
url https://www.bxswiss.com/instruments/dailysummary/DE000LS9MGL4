--- v2 (2025-11-17)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc53368221c4ae0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd97741a581b44a1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d447d6c2d934a05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce91f403d1f742b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddf56524878642ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d447d6c2d934a05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5874782c03fb4e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce91f403d1f742b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BW- Das Musterländle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...404 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>165,411</x:t>
-[...171 lines deleted...]
-          <x:t>161,288</x:t>
+          <x:t>166,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>