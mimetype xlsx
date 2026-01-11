--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd97741a581b44a1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd354adc965dd4b97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce91f403d1f742b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c010ecd2574e4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5874782c03fb4e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce91f403d1f742b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a09cdf18784464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c010ecd2574e4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BW- Das Musterländle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,961</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>