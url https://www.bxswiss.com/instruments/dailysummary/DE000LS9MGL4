--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd354adc965dd4b97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re621dd186a3b415b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c010ecd2574e4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a92e493a5244aae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a09cdf18784464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c010ecd2574e4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576ab2dd47af474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a92e493a5244aae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BW- Das Musterländle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>171,279</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>