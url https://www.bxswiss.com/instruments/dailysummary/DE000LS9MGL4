--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re621dd186a3b415b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08165c97b84a429d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a92e493a5244aae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e735b826f84863"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576ab2dd47af474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a92e493a5244aae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfbb15ba9d9b4225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e735b826f84863" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BW- Das Musterländle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>