--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ba997265fc74e97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4f3c03e29dc476d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8440047b6fa42bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ca56a6e5d1c4440"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf7013abd9cb424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8440047b6fa42bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R890dfa39b916459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ca56a6e5d1c4440" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividend Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,917</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>