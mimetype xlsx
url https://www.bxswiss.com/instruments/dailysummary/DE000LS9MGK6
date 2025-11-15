--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4f3c03e29dc476d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8a2d343a0dc4ab9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ca56a6e5d1c4440"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a760b0387f4080"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R890dfa39b916459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ca56a6e5d1c4440" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f5d43474ed44afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a760b0387f4080" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividend Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>