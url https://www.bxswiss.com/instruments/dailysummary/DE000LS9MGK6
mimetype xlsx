--- v2 (2025-11-15)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8a2d343a0dc4ab9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47210d3fb6564238" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a760b0387f4080"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R483af05cd47f4859"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f5d43474ed44afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a760b0387f4080" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6072349e619e4093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R483af05cd47f4859" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividend Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>152,180</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>