--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47210d3fb6564238" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a9bdceacf7b4750" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R483af05cd47f4859"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re051e8566d484773"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6072349e619e4093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R483af05cd47f4859" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7d19422c9b4947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re051e8566d484773" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividend Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,842</x:t>
-[...53 lines deleted...]
-          <x:t>158,635</x:t>
+          <x:t>157,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,599</x:t>
-[...242 lines deleted...]
-          <x:t>159,554</x:t>
+          <x:t>157,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>