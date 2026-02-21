--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a9bdceacf7b4750" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215e20077cee4def" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re051e8566d484773"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b4b143797a748b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7d19422c9b4947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re051e8566d484773" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0418c92c23974c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b4b143797a748b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividend Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>