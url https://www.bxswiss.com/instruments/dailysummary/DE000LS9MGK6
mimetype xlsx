--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215e20077cee4def" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864f501186f84081" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b4b143797a748b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf9dfeacc1344db7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0418c92c23974c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b4b143797a748b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a2fba50bed64964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf9dfeacc1344db7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividend Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>157,549</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,211</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>164,257</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>