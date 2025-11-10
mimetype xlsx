--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R534401281fb94091" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3940994e73b84226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c2694859b4b45ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b6185f6d0b4d1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a9b473b85d4b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c2694859b4b45ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e1c3d440adb4079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b6185f6d0b4d1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>