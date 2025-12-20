--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3940994e73b84226" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbbbe299765f4e81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b6185f6d0b4d1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2266bee748b4354"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e1c3d440adb4079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b6185f6d0b4d1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda1d002bcf44317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2266bee748b4354" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>285,995</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>