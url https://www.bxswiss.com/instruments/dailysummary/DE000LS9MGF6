--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbbbe299765f4e81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d96e6925f1745a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2266bee748b4354"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8f0cb4a6c9641e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda1d002bcf44317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2266bee748b4354" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dbbb40e848446ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8f0cb4a6c9641e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>