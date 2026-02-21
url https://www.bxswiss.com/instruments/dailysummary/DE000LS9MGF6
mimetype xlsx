--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d96e6925f1745a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748d28f230ee498e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8f0cb4a6c9641e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra82568543ae5428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dbbb40e848446ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8f0cb4a6c9641e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd93805c90d0f426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra82568543ae5428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>272,416</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>283,951</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>