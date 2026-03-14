--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748d28f230ee498e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41390000b11b4dda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra82568543ae5428f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a0b1aaf407a46a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd93805c90d0f426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra82568543ae5428f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1a1675b6c4a4afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a0b1aaf407a46a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>276,230</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...516 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,229</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>