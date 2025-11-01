--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R111ab22196a14414" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5c75d9724744d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb83106474c3042e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd99cb54a563a44e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ecc479fb34b4f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb83106474c3042e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R449b69b8bd4e4679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd99cb54a563a44e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GAP-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>