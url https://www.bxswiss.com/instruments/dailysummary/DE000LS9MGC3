--- v1 (2025-11-01)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5c75d9724744d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c407f75e75d4808" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd99cb54a563a44e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247870ba2ad44c96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R449b69b8bd4e4679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd99cb54a563a44e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R244daf6264654fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247870ba2ad44c96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GAP-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>121,405</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>