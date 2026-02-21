--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c407f75e75d4808" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc92c21a309824fba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247870ba2ad44c96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra348bd31dcdc42ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R244daf6264654fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247870ba2ad44c96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b02ca138e31476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra348bd31dcdc42ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GAP-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>130,667</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>