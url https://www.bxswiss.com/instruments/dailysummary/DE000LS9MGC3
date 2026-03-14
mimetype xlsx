--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc92c21a309824fba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R495ef792513940c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra348bd31dcdc42ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7e8b50853ad4237"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b02ca138e31476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra348bd31dcdc42ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8f404d3ff494d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7e8b50853ad4237" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GAP-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,427</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>