--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f3861a7214147cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa863b1d45ac4342" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R564242ccb8c94b6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e6761c4d04f4bd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda02882c93c44394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R564242ccb8c94b6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30523fcdb14d4067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e6761c4d04f4bd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Zukunftsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,426</x:t>
-[...274 lines deleted...]
-          <x:t>64,372</x:t>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,718</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>64,640</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>