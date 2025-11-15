--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa863b1d45ac4342" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc8570d6fac34757" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e6761c4d04f4bd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b7982661bf846ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30523fcdb14d4067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e6761c4d04f4bd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86657180a0d9410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b7982661bf846ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Zukunftsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>64,654</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,295</x:t>
-[...485 lines deleted...]
-          <x:t>64,112</x:t>
+          <x:t>64,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>