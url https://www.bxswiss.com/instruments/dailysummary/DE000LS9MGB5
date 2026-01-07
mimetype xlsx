--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc8570d6fac34757" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2ad471bfd6d4062" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b7982661bf846ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc7b20e6d6a8428e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86657180a0d9410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b7982661bf846ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd33ebbc32cc945f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc7b20e6d6a8428e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Zukunftsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...419 lines deleted...]
-          <x:t>62,406</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,735</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>62,402</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,797</x:t>
-[...26 lines deleted...]
-          <x:t>61,384</x:t>
+          <x:t>61,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>