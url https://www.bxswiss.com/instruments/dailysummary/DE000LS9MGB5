--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2ad471bfd6d4062" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37768e4c99d2427b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc7b20e6d6a8428e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db54932609e4186"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd33ebbc32cc945f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc7b20e6d6a8428e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3219316942684dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db54932609e4186" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Zukunftsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>62,660</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>