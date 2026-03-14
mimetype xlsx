--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37768e4c99d2427b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6fdba8863df40d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db54932609e4186"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c929659165a4819"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3219316942684dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db54932609e4186" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85d4851619ab4417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c929659165a4819" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Zukunftsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>59,617</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,581</x:t>
-[...92 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>59,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,945</x:t>
-[...171 lines deleted...]
-          <x:t>59,800</x:t>
+          <x:t>60,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>